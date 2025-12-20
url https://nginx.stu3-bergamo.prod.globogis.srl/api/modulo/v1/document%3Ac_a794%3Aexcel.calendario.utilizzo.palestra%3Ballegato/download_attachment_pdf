--- v0 (2025-10-13)
+++ v1 (2025-12-20)
@@ -11,60 +11,60 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\CED direzione sistemi informativi\A_IANNO GABRIELLA\CONDIVISI SU PIU ANNI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{868E2B74-9E11-4BD5-B5C6-45EDA6B4EE39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{28994885-4583-4859-92F9-7597EDDA5ED5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dati Generali" sheetId="7" r:id="rId1"/>
     <sheet name="Allenamenti" sheetId="4" r:id="rId2"/>
     <sheet name="Partite Ricorrenze" sheetId="10" r:id="rId3"/>
     <sheet name="Partite Puntuali" sheetId="8" r:id="rId4"/>
     <sheet name="Parametri" sheetId="5" state="hidden" r:id="rId5"/>
     <sheet name="Solo1" sheetId="6" state="hidden" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="DataFine">'Dati Generali'!$D$13</definedName>
     <definedName name="DataInizio">'Dati Generali'!$C$13</definedName>
     <definedName name="Docce">Parametri!$V$2:$V$3</definedName>
     <definedName name="EtaPartecipanti">Parametri!$U$2:$U$3</definedName>
     <definedName name="GiorniSettimana">Parametri!$S$2:$S$8</definedName>
     <definedName name="OreFasce">Parametri!$AG$2:$AG$31</definedName>
     <definedName name="TabellaIncrociTariffe">Parametri!$Z$1:$AE$40</definedName>
     <definedName name="Tariffe">Parametri!$X$2:$X$8</definedName>
     <definedName name="TipiUso">Parametri!$W$2:$W$3</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
@@ -276,73 +276,73 @@
   <c r="W17" i="4"/>
   <c r="R17" i="4"/>
   <c r="V17" i="4" s="1"/>
   <c r="N17" i="4"/>
   <c r="W16" i="4"/>
   <c r="R16" i="4"/>
   <c r="N16" i="4"/>
   <c r="W15" i="4"/>
   <c r="R15" i="4"/>
   <c r="N15" i="4"/>
   <c r="W14" i="4"/>
   <c r="R14" i="4"/>
   <c r="N14" i="4"/>
   <c r="M14" i="4" a="1"/>
   <c r="M14" i="4" s="1"/>
   <c r="W13" i="4"/>
   <c r="R13" i="4"/>
   <c r="N13" i="4"/>
   <c r="W12" i="4"/>
   <c r="R12" i="4"/>
   <c r="N12" i="4"/>
   <c r="W11" i="4"/>
   <c r="R11" i="4"/>
   <c r="N11" i="4"/>
   <c r="W10" i="4"/>
-  <c r="S23" i="4"/>
-[...1 lines deleted...]
-  <c r="U21" i="4"/>
   <c r="U13" i="4"/>
   <c r="S15" i="4"/>
   <c r="U29" i="4"/>
+  <c r="S23" i="4"/>
+  <c r="S28" i="4"/>
+  <c r="S13" i="4"/>
+  <c r="S11" i="4"/>
+  <c r="S24" i="4"/>
+  <c r="S21" i="4"/>
+  <c r="U25" i="4"/>
+  <c r="U28" i="4"/>
+  <c r="S16" i="4"/>
+  <c r="S32" i="4"/>
+  <c r="S20" i="4"/>
+  <c r="S27" i="4"/>
+  <c r="S31" i="4"/>
+  <c r="S29" i="4"/>
+  <c r="U30" i="4"/>
+  <c r="U22" i="4"/>
+  <c r="U21" i="4"/>
+  <c r="U14" i="4"/>
   <c r="U26" i="4"/>
-  <c r="S13" i="4"/>
-[...9 lines deleted...]
-  <c r="U30" i="4"/>
   <c r="U18" i="4"/>
-  <c r="S24" i="4"/>
-[...2 lines deleted...]
-  <c r="S29" i="4"/>
   <c r="V19" i="4" l="1"/>
   <c r="V12" i="4"/>
   <c r="V18" i="4"/>
   <c r="V15" i="4"/>
   <c r="V13" i="4"/>
   <c r="V14" i="4"/>
   <c r="V20" i="4"/>
   <c r="V27" i="4"/>
   <c r="V26" i="4"/>
   <c r="V31" i="4"/>
   <c r="V16" i="4"/>
   <c r="V24" i="4"/>
   <c r="V30" i="4"/>
   <c r="V21" i="4"/>
   <c r="V22" i="4"/>
   <c r="V23" i="4"/>
   <c r="V28" i="4"/>
   <c r="O3" i="8"/>
   <c r="H2" i="6" s="1"/>
   <c r="T25" i="4"/>
   <c r="V25" i="4"/>
   <c r="T29" i="4"/>
   <c r="V29" i="4"/>
   <c r="T32" i="4"/>
   <c r="V32" i="4"/>
@@ -523,71 +523,71 @@
   <c r="M32" i="4" s="1"/>
   <c r="L14" i="4" a="1"/>
   <c r="L14" i="4" s="1"/>
   <c r="T15" i="4"/>
   <c r="L18" i="4" a="1"/>
   <c r="L18" i="4" s="1"/>
   <c r="T19" i="4"/>
   <c r="L22" i="4" a="1"/>
   <c r="L22" i="4" s="1"/>
   <c r="T23" i="4"/>
   <c r="P23" i="4" s="1"/>
   <c r="L26" i="4" a="1"/>
   <c r="L26" i="4" s="1"/>
   <c r="T27" i="4"/>
   <c r="L30" i="4" a="1"/>
   <c r="L30" i="4" s="1"/>
   <c r="T14" i="4"/>
   <c r="T18" i="4"/>
   <c r="T22" i="4"/>
   <c r="T26" i="4"/>
   <c r="T30" i="4"/>
   <c r="L11" i="4" a="1"/>
   <c r="L11" i="4" s="1"/>
   <c r="M11" i="4" a="1"/>
   <c r="M11" i="4" s="1"/>
+  <c r="U12" i="4"/>
+  <c r="S30" i="4"/>
+  <c r="U16" i="4"/>
+  <c r="U24" i="4"/>
+  <c r="U20" i="4"/>
+  <c r="U11" i="4"/>
   <c r="S12" i="4"/>
+  <c r="U27" i="4"/>
+  <c r="U15" i="4"/>
+  <c r="U32" i="4"/>
   <c r="S25" i="4"/>
+  <c r="S18" i="4"/>
+  <c r="S14" i="4"/>
+  <c r="U31" i="4"/>
+  <c r="S17" i="4"/>
+  <c r="S26" i="4"/>
+  <c r="U23" i="4"/>
+  <c r="S19" i="4"/>
   <c r="U17" i="4"/>
   <c r="U19" i="4"/>
-  <c r="U12" i="4"/>
-[...9 lines deleted...]
-  <c r="S17" i="4"/>
   <c r="S22" i="4"/>
-  <c r="U16" i="4"/>
-[...3 lines deleted...]
-  <c r="S26" i="4"/>
   <c r="Q28" i="4" l="1"/>
   <c r="O28" i="4"/>
   <c r="Q13" i="4"/>
   <c r="P19" i="4"/>
   <c r="O17" i="4"/>
   <c r="Q17" i="4"/>
   <c r="R3" i="8"/>
   <c r="G2" i="6" s="1"/>
   <c r="Q21" i="4"/>
   <c r="O21" i="4"/>
   <c r="P15" i="4"/>
   <c r="O25" i="4"/>
   <c r="O29" i="4"/>
   <c r="O26" i="4"/>
   <c r="O19" i="4"/>
   <c r="O16" i="4"/>
   <c r="O30" i="4"/>
   <c r="O32" i="4"/>
   <c r="O15" i="4"/>
   <c r="O23" i="4"/>
   <c r="O14" i="4"/>
   <c r="O18" i="4"/>
   <c r="O27" i="4"/>
   <c r="O20" i="4"/>
   <c r="O24" i="4"/>
@@ -638,51 +638,51 @@
   <c r="V10" i="4" l="1"/>
   <c r="T10" i="4"/>
   <c r="M10" i="4" a="1"/>
   <c r="M10" i="4" s="1"/>
   <c r="N10" i="4"/>
   <c r="O10" i="4" l="1"/>
   <c r="R2" i="4" s="1"/>
   <c r="F2" i="6" s="1"/>
   <c r="P10" i="4"/>
   <c r="S2" i="4" s="1"/>
   <c r="D2" i="6" s="1"/>
   <c r="L10" i="4" a="1"/>
   <c r="L10" i="4" s="1"/>
   <c r="Q10" i="4" s="1"/>
   <c r="T2" i="4" s="1"/>
   <c r="C2" i="6" s="1"/>
   <c r="U2" i="4" l="1"/>
   <c r="E2" i="6" s="1"/>
   <c r="I2" i="6" s="1"/>
   <c r="J2" i="6" l="1"/>
   <c r="B30" i="7"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1548" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1549" uniqueCount="159">
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Allenamento</t>
   </si>
   <si>
     <t>Campionato</t>
   </si>
   <si>
     <t>Adulti</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Tariffa F</t>
   </si>
   <si>
     <t>Tariffa E</t>
   </si>
   <si>
@@ -1548,50 +1548,53 @@
       </rPr>
       <t xml:space="preserve"> possono essere scelti solo per il sabato o la domenica
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="4"/>
         <rFont val="Wingdings 2"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color theme="4"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>per ogni riga, la tariffa verrà autocompilata e concorre al calcolo complessivo della concessione;</t>
     </r>
+  </si>
+  <si>
+    <t>Palestra Calvi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="h:mm;@"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.00\ [$€-410]_-;\-* #,##0.00\ [$€-410]_-;_-* &quot;-&quot;??\ [$€-410]_-;_-@_-"/>
   </numFmts>
   <fonts count="38">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -2905,50 +2908,118 @@
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="16" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="17" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="14" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="14" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="10" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="10" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -2963,118 +3034,50 @@
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...66 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="14" borderId="26" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="14" borderId="29" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
@@ -4087,190 +4090,190 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D44C2FE-1497-406D-8E86-4DAB61ABA9D0}">
   <dimension ref="A1:S31"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C10" sqref="C10:G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="30" customWidth="1"/>
     <col min="2" max="2" width="32.85546875" style="59" customWidth="1"/>
     <col min="3" max="3" width="14.7109375" style="59" customWidth="1"/>
     <col min="4" max="4" width="16.7109375" style="59" customWidth="1"/>
     <col min="5" max="5" width="9.5703125" style="59" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" style="59" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="59" customWidth="1"/>
     <col min="8" max="8" width="3.85546875" style="59" customWidth="1"/>
     <col min="9" max="9" width="12.85546875" style="59" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="11.85546875" style="59" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="14.7109375" style="59" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="9.140625" style="59" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="12.5703125" style="59" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" style="59" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="11" style="59" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="13" style="59" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="18.28515625" style="59" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="14.140625" style="59" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="15.28515625" style="59" hidden="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="59" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A1" s="54"/>
       <c r="B1" s="54"/>
       <c r="C1" s="54"/>
       <c r="D1" s="54"/>
       <c r="E1" s="54"/>
       <c r="F1" s="54"/>
       <c r="G1" s="54"/>
       <c r="H1" s="54"/>
     </row>
     <row r="2" spans="1:13" customFormat="1" ht="21.75" customHeight="1">
       <c r="A2" s="54"/>
-      <c r="B2" s="170" t="s">
+      <c r="B2" s="146" t="s">
         <v>127</v>
       </c>
-      <c r="C2" s="171"/>
-[...3 lines deleted...]
-      <c r="G2" s="172"/>
+      <c r="C2" s="147"/>
+      <c r="D2" s="147"/>
+      <c r="E2" s="147"/>
+      <c r="F2" s="147"/>
+      <c r="G2" s="148"/>
       <c r="H2" s="54"/>
     </row>
     <row r="3" spans="1:13" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A3" s="54"/>
-      <c r="B3" s="167" t="s">
+      <c r="B3" s="143" t="s">
         <v>126</v>
       </c>
-      <c r="C3" s="168"/>
-[...3 lines deleted...]
-      <c r="G3" s="169"/>
+      <c r="C3" s="144"/>
+      <c r="D3" s="144"/>
+      <c r="E3" s="144"/>
+      <c r="F3" s="144"/>
+      <c r="G3" s="145"/>
       <c r="H3" s="54"/>
     </row>
     <row r="4" spans="1:13" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
       <c r="A4" s="54"/>
       <c r="B4" s="55"/>
       <c r="C4" s="55"/>
       <c r="D4" s="55"/>
       <c r="E4" s="55"/>
       <c r="F4" s="55"/>
       <c r="G4" s="55"/>
       <c r="H4" s="54"/>
     </row>
     <row r="5" spans="1:13" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A5" s="54"/>
       <c r="B5" s="57" t="s">
         <v>128</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="57"/>
       <c r="G5" s="57"/>
       <c r="H5" s="54"/>
     </row>
     <row r="6" spans="1:13" customFormat="1" ht="51.75" customHeight="1" thickBot="1">
       <c r="A6" s="56"/>
-      <c r="B6" s="173" t="s">
+      <c r="B6" s="149" t="s">
         <v>129</v>
       </c>
-      <c r="C6" s="174"/>
-[...3 lines deleted...]
-      <c r="G6" s="174"/>
+      <c r="C6" s="150"/>
+      <c r="D6" s="150"/>
+      <c r="E6" s="150"/>
+      <c r="F6" s="150"/>
+      <c r="G6" s="150"/>
       <c r="H6" s="58"/>
     </row>
     <row r="7" spans="1:13" customFormat="1" ht="9.75" customHeight="1">
       <c r="A7" s="54"/>
       <c r="B7" s="55"/>
       <c r="C7" s="55"/>
       <c r="D7" s="55"/>
       <c r="E7" s="55"/>
       <c r="F7" s="55"/>
       <c r="G7" s="55"/>
       <c r="H7" s="54"/>
     </row>
     <row r="8" spans="1:13" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1">
       <c r="A8" s="54"/>
       <c r="B8" s="53" t="s">
         <v>151</v>
       </c>
       <c r="C8" s="39"/>
       <c r="D8" s="39"/>
       <c r="E8" s="39"/>
       <c r="F8" s="39"/>
       <c r="G8" s="39"/>
       <c r="H8" s="54"/>
     </row>
     <row r="9" spans="1:13" s="25" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A9" s="55"/>
       <c r="B9" s="80" t="s">
         <v>152</v>
       </c>
-      <c r="C9" s="160"/>
-[...3 lines deleted...]
-      <c r="G9" s="161"/>
+      <c r="C9" s="153"/>
+      <c r="D9" s="153"/>
+      <c r="E9" s="153"/>
+      <c r="F9" s="153"/>
+      <c r="G9" s="154"/>
       <c r="H9" s="55"/>
     </row>
     <row r="10" spans="1:13" s="25" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A10" s="55"/>
       <c r="B10" s="81" t="s">
         <v>153</v>
       </c>
-      <c r="C10" s="162"/>
-[...3 lines deleted...]
-      <c r="G10" s="164"/>
+      <c r="C10" s="155"/>
+      <c r="D10" s="156"/>
+      <c r="E10" s="156"/>
+      <c r="F10" s="156"/>
+      <c r="G10" s="157"/>
       <c r="H10" s="55"/>
     </row>
     <row r="11" spans="1:13" s="25" customFormat="1" ht="9.75" customHeight="1">
       <c r="A11" s="55"/>
       <c r="B11" s="68"/>
       <c r="C11" s="60"/>
       <c r="D11" s="60"/>
       <c r="E11" s="60"/>
       <c r="F11" s="60"/>
       <c r="G11" s="69"/>
       <c r="H11" s="55"/>
     </row>
     <row r="12" spans="1:13" s="25" customFormat="1" ht="18.75">
       <c r="A12" s="55"/>
       <c r="B12" s="68"/>
       <c r="C12" s="82" t="s">
         <v>123</v>
       </c>
       <c r="D12" s="82" t="s">
         <v>124</v>
       </c>
       <c r="E12" s="142" t="s">
         <v>150</v>
       </c>
       <c r="F12" s="60"/>
@@ -4280,284 +4283,284 @@
     <row r="13" spans="1:13" s="25" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A13" s="55"/>
       <c r="B13" s="81" t="s">
         <v>125</v>
       </c>
       <c r="C13" s="61"/>
       <c r="D13" s="61"/>
       <c r="E13" s="60"/>
       <c r="F13" s="60"/>
       <c r="G13" s="69"/>
       <c r="H13" s="55"/>
     </row>
     <row r="14" spans="1:13" s="25" customFormat="1" ht="10.5" customHeight="1">
       <c r="A14" s="55"/>
       <c r="B14" s="70"/>
       <c r="C14" s="62"/>
       <c r="D14" s="60"/>
       <c r="E14" s="60"/>
       <c r="F14" s="60"/>
       <c r="G14" s="69"/>
       <c r="H14" s="55"/>
       <c r="M14" s="26"/>
     </row>
     <row r="15" spans="1:13" s="25" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A15" s="55"/>
-      <c r="B15" s="158" t="s">
+      <c r="B15" s="151" t="s">
         <v>32</v>
       </c>
-      <c r="C15" s="159"/>
-[...2 lines deleted...]
-      <c r="F15" s="159"/>
+      <c r="C15" s="152"/>
+      <c r="D15" s="152"/>
+      <c r="E15" s="152"/>
+      <c r="F15" s="152"/>
       <c r="G15" s="71"/>
       <c r="H15" s="55"/>
     </row>
     <row r="16" spans="1:13" s="25" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A16" s="55"/>
-      <c r="B16" s="158" t="s">
+      <c r="B16" s="151" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="159"/>
-[...2 lines deleted...]
-      <c r="F16" s="159"/>
+      <c r="C16" s="152"/>
+      <c r="D16" s="152"/>
+      <c r="E16" s="152"/>
+      <c r="F16" s="152"/>
       <c r="G16" s="71"/>
       <c r="H16" s="55"/>
       <c r="M16" s="26"/>
     </row>
     <row r="17" spans="1:14" s="25" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A17" s="55"/>
-      <c r="B17" s="158" t="s">
+      <c r="B17" s="151" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="159"/>
-[...2 lines deleted...]
-      <c r="F17" s="159"/>
+      <c r="C17" s="152"/>
+      <c r="D17" s="152"/>
+      <c r="E17" s="152"/>
+      <c r="F17" s="152"/>
       <c r="G17" s="71"/>
       <c r="H17" s="55"/>
     </row>
     <row r="18" spans="1:14" s="25" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A18" s="55"/>
-      <c r="B18" s="158" t="s">
+      <c r="B18" s="151" t="s">
         <v>137</v>
       </c>
-      <c r="C18" s="159"/>
-[...2 lines deleted...]
-      <c r="F18" s="159"/>
+      <c r="C18" s="152"/>
+      <c r="D18" s="152"/>
+      <c r="E18" s="152"/>
+      <c r="F18" s="152"/>
       <c r="G18" s="71"/>
       <c r="H18" s="55"/>
       <c r="K18" s="27"/>
       <c r="L18" s="28"/>
       <c r="M18" s="26"/>
       <c r="N18" s="26"/>
     </row>
     <row r="19" spans="1:14" s="25" customFormat="1" ht="14.25" customHeight="1">
       <c r="A19" s="55"/>
       <c r="B19" s="72"/>
       <c r="C19" s="63"/>
       <c r="D19" s="63"/>
       <c r="E19" s="63"/>
       <c r="F19" s="63"/>
       <c r="G19" s="73"/>
       <c r="H19" s="55"/>
       <c r="K19" s="27"/>
       <c r="L19" s="28"/>
       <c r="M19" s="26"/>
       <c r="N19" s="26"/>
     </row>
     <row r="20" spans="1:14" s="25" customFormat="1" ht="18.75" customHeight="1" thickBot="1">
       <c r="A20" s="55"/>
-      <c r="B20" s="165" t="s">
+      <c r="B20" s="158" t="s">
         <v>120</v>
       </c>
-      <c r="C20" s="166"/>
-[...2 lines deleted...]
-      <c r="F20" s="166"/>
+      <c r="C20" s="159"/>
+      <c r="D20" s="159"/>
+      <c r="E20" s="159"/>
+      <c r="F20" s="159"/>
       <c r="G20" s="74" t="str">
         <f>IF(NOT(OR(ISBLANK(C9),ISBLANK(C10),ISBLANK(C13),ISBLANK(D13),ISBLANK(G15),ISBLANK(G16),ISBLANK(G17),ISBLANK(G18))),"a","r")</f>
         <v>r</v>
       </c>
       <c r="H20" s="55"/>
       <c r="K20" s="27"/>
       <c r="L20" s="28"/>
       <c r="M20" s="26"/>
       <c r="N20" s="26"/>
     </row>
     <row r="21" spans="1:14" s="64" customFormat="1" ht="9" customHeight="1" thickBot="1">
       <c r="A21" s="55"/>
       <c r="B21" s="55"/>
       <c r="C21" s="55"/>
       <c r="D21" s="55"/>
       <c r="E21" s="55"/>
       <c r="F21" s="55"/>
       <c r="G21" s="55"/>
       <c r="H21" s="55"/>
       <c r="K21" s="65"/>
       <c r="L21" s="66"/>
       <c r="M21" s="67"/>
       <c r="N21" s="67"/>
     </row>
     <row r="22" spans="1:14" customFormat="1" ht="32.25" customHeight="1" thickBot="1">
       <c r="A22" s="54"/>
-      <c r="B22" s="146" t="s">
+      <c r="B22" s="163" t="s">
         <v>121</v>
       </c>
-      <c r="C22" s="147"/>
+      <c r="C22" s="164"/>
       <c r="D22" s="141" t="s">
         <v>149</v>
       </c>
       <c r="E22" s="54"/>
       <c r="F22" s="54"/>
       <c r="G22" s="54"/>
       <c r="H22" s="54"/>
     </row>
     <row r="23" spans="1:14" customFormat="1" ht="10.5" customHeight="1" thickBot="1">
       <c r="A23" s="54"/>
       <c r="B23" s="54"/>
       <c r="C23" s="54"/>
       <c r="D23" s="141"/>
       <c r="E23" s="54"/>
       <c r="F23" s="54"/>
       <c r="G23" s="54"/>
       <c r="H23" s="54"/>
     </row>
     <row r="24" spans="1:14" customFormat="1" ht="27.75" customHeight="1" thickBot="1">
       <c r="A24" s="54"/>
-      <c r="B24" s="148" t="s">
+      <c r="B24" s="165" t="s">
         <v>122</v>
       </c>
-      <c r="C24" s="149"/>
+      <c r="C24" s="166"/>
       <c r="D24" s="141" t="s">
         <v>149</v>
       </c>
       <c r="E24" s="54"/>
       <c r="F24" s="54"/>
       <c r="G24" s="54"/>
       <c r="H24" s="54"/>
     </row>
     <row r="25" spans="1:14" s="25" customFormat="1" ht="9.75" customHeight="1">
       <c r="A25" s="55"/>
       <c r="B25" s="55"/>
       <c r="C25" s="55"/>
       <c r="D25" s="55"/>
       <c r="E25" s="55"/>
       <c r="F25" s="55"/>
       <c r="G25" s="55"/>
       <c r="H25" s="55"/>
       <c r="K25" s="27"/>
       <c r="L25" s="28"/>
       <c r="M25" s="26"/>
       <c r="N25" s="26"/>
     </row>
     <row r="26" spans="1:14" customFormat="1" ht="19.5" thickBot="1">
       <c r="A26" s="54"/>
       <c r="B26" s="53"/>
       <c r="C26" s="38"/>
       <c r="D26" s="38"/>
       <c r="E26" s="38"/>
       <c r="F26" s="38"/>
       <c r="G26" s="38"/>
       <c r="H26" s="54"/>
     </row>
     <row r="27" spans="1:14" customFormat="1" ht="15.75">
       <c r="A27" s="54"/>
-      <c r="B27" s="150"/>
-[...4 lines deleted...]
-      <c r="G27" s="153"/>
+      <c r="B27" s="167"/>
+      <c r="C27" s="168"/>
+      <c r="D27" s="168"/>
+      <c r="E27" s="169"/>
+      <c r="F27" s="169"/>
+      <c r="G27" s="170"/>
       <c r="H27" s="54"/>
     </row>
     <row r="28" spans="1:14" customFormat="1" ht="15.75">
       <c r="A28" s="54"/>
-      <c r="B28" s="154"/>
-[...4 lines deleted...]
-      <c r="G28" s="157"/>
+      <c r="B28" s="171"/>
+      <c r="C28" s="172"/>
+      <c r="D28" s="172"/>
+      <c r="E28" s="173"/>
+      <c r="F28" s="173"/>
+      <c r="G28" s="174"/>
       <c r="H28" s="54"/>
     </row>
     <row r="29" spans="1:14" customFormat="1" ht="15.75">
       <c r="A29" s="54"/>
-      <c r="B29" s="154"/>
-[...4 lines deleted...]
-      <c r="G29" s="157"/>
+      <c r="B29" s="171"/>
+      <c r="C29" s="172"/>
+      <c r="D29" s="172"/>
+      <c r="E29" s="173"/>
+      <c r="F29" s="173"/>
+      <c r="G29" s="174"/>
       <c r="H29" s="54"/>
     </row>
     <row r="30" spans="1:14" customFormat="1" ht="45" customHeight="1" thickBot="1">
       <c r="A30" s="54"/>
-      <c r="B30" s="143" t="str">
+      <c r="B30" s="160" t="str">
         <f>IF(E29=0,"","ATTENZIONE - Gli importi calcolati sono da considerare indicativi, potrebbero subire variazioni a seguito di verifiche da parte dell'ufficio competente")</f>
         <v/>
       </c>
-      <c r="C30" s="144"/>
-[...3 lines deleted...]
-      <c r="G30" s="145"/>
+      <c r="C30" s="161"/>
+      <c r="D30" s="161"/>
+      <c r="E30" s="161"/>
+      <c r="F30" s="161"/>
+      <c r="G30" s="162"/>
       <c r="H30" s="54"/>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="54"/>
       <c r="B31" s="54"/>
       <c r="C31" s="54"/>
       <c r="D31" s="54"/>
       <c r="E31" s="54"/>
       <c r="F31" s="54"/>
       <c r="G31" s="54"/>
       <c r="H31" s="54"/>
     </row>
   </sheetData>
   <mergeCells count="19">
-    <mergeCell ref="B3:G3"/>
-[...8 lines deleted...]
-    <mergeCell ref="B20:F20"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="E27:G27"/>
     <mergeCell ref="B28:D28"/>
     <mergeCell ref="E28:G28"/>
     <mergeCell ref="B29:D29"/>
     <mergeCell ref="E29:G29"/>
+    <mergeCell ref="B17:F17"/>
+    <mergeCell ref="B18:F18"/>
+    <mergeCell ref="C9:G9"/>
+    <mergeCell ref="C10:G10"/>
+    <mergeCell ref="B20:F20"/>
+    <mergeCell ref="B3:G3"/>
+    <mergeCell ref="B2:G2"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B15:F15"/>
+    <mergeCell ref="B16:F16"/>
   </mergeCells>
   <conditionalFormatting sqref="C9:G9 C10 C13:D13 G15:G18">
     <cfRule type="notContainsBlanks" dxfId="28" priority="1">
       <formula>LEN(TRIM(C9))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G20">
     <cfRule type="cellIs" dxfId="27" priority="2" operator="equal">
       <formula>"r"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="26" priority="3" operator="equal">
       <formula>"a"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="372" yWindow="396" count="5">
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C13" xr:uid="{6ED68A9D-B9BF-4019-AAEC-65A69E28F2EC}">
       <formula1>45658</formula1>
       <formula2>46265</formula2>
     </dataValidation>
     <dataValidation type="date" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Data non corretta" error="La data non può essere inferiore a quella di inizio" sqref="D13" xr:uid="{429E2EA8-5169-47C7-8ECD-5AE4153C28B9}">
       <formula1>C13</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" promptTitle="INSERISCI I DATI GENERALI" prompt="Compila tutte le caselle colorate di giallo prima di procedere alla sezione successiva" sqref="B5" xr:uid="{61BDC40B-04EC-41D6-8F7C-BF244922C59C}"/>
     <dataValidation allowBlank="1" showErrorMessage="1" sqref="B6:G6 A1:A6" xr:uid="{C0322FF9-B594-463B-9410-5CDE7DCB17A5}"/>
     <dataValidation type="textLength" errorStyle="warning" showInputMessage="1" showErrorMessage="1" errorTitle="Attenzione" error="Campo obbligatorio" promptTitle="Intestatario" prompt="Obbligo di inserimento denominazione  richiedente" sqref="C9:G9" xr:uid="{4BD05AC9-DE8A-41AA-AE74-A25F17D1F614}">
@@ -4652,51 +4655,51 @@
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="35" t="e">
         <f ca="1">SUM(O10:O32)</f>
         <v>#REF!</v>
       </c>
       <c r="S2" s="29">
         <f ca="1">SUM(P10:P32)</f>
         <v>0</v>
       </c>
       <c r="T2" s="29">
         <f ca="1">SUM(Q10:Q32)</f>
         <v>0</v>
       </c>
       <c r="U2" s="29">
         <f ca="1">SUM(S2:T2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:26" ht="79.5" customHeight="1" thickBot="1">
-      <c r="B3" s="173" t="s">
+      <c r="B3" s="149" t="s">
         <v>156</v>
       </c>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="176"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
     </row>
     <row r="4" spans="1:26" ht="6" customHeight="1">
       <c r="B4" s="96"/>
       <c r="C4" s="96"/>
       <c r="D4" s="96"/>
       <c r="E4" s="96"/>
       <c r="F4" s="96"/>
       <c r="G4" s="96"/>
       <c r="H4" s="96"/>
       <c r="I4" s="96"/>
       <c r="Q4" s="2"/>
@@ -6523,51 +6526,51 @@
     <col min="8" max="8" width="14.28515625" customWidth="1"/>
     <col min="9" max="9" width="3.7109375" customWidth="1"/>
     <col min="10" max="10" width="3.42578125" style="59" customWidth="1"/>
     <col min="11" max="11" width="13" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="18.28515625" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="15.28515625" hidden="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="59" customFormat="1" ht="15" customHeight="1"/>
     <row r="2" spans="1:10" ht="20.25" thickBot="1">
       <c r="B2" s="177" t="s">
         <v>128</v>
       </c>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
     </row>
     <row r="3" spans="1:10" s="16" customFormat="1" ht="68.099999999999994" customHeight="1" thickBot="1">
       <c r="A3" s="75"/>
-      <c r="B3" s="173" t="s">
+      <c r="B3" s="149" t="s">
         <v>155</v>
       </c>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="176"/>
       <c r="J3" s="90"/>
     </row>
     <row r="4" spans="1:10" s="16" customFormat="1" ht="6" customHeight="1" thickBot="1">
       <c r="A4" s="75"/>
       <c r="B4" s="96"/>
       <c r="C4" s="96"/>
       <c r="D4" s="96"/>
       <c r="E4" s="96"/>
       <c r="F4" s="96"/>
       <c r="G4" s="96"/>
       <c r="H4" s="96"/>
       <c r="I4" s="96"/>
       <c r="J4" s="90"/>
     </row>
     <row r="5" spans="1:10" s="16" customFormat="1" ht="21" customHeight="1" thickBot="1">
       <c r="A5" s="75"/>
@@ -7081,52 +7084,52 @@
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Seleziona il giorno" prompt="Selezionare il giorno esatto della partia. Elencare tutte le partite del campionato per il periodo per cui si chiede la concessione." sqref="B9" xr:uid="{1C310753-A326-46D5-9CB9-A044569DD60E}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Utilizzo delle docce" prompt="Segnalare se durante le ore selezionate i partecipanti utilizzeranno o meno le docce. In caso di fasce orarie adiacenti con diveri utilizzi delle docce creare due righe differente per il medesimo giorno. " sqref="F9" xr:uid="{578103F8-5107-4D63-A671-6BA8D254D8E0}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Data non corretta" error="Data inserita non coerente con il periodo di concessione richiesto" sqref="B10:B30" xr:uid="{B945DC2D-75AF-4D97-B239-2549FF1F351C}">
       <formula1>GiorniSettimana</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H10:H30" xr:uid="{4B648777-8BA5-468F-B4D7-7C37596C8001}">
       <formula1>Tariffe</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ORARIO NON CONSENTITO" error="L'orario inserito non rientra nell'intervallo nel quale la struttura è prenotabile" sqref="D10:D30" xr:uid="{0E9D42CB-06D5-406C-9652-70A9AFF3BB62}">
       <formula1>OFFSET(OreFasce,MATCH(C10,OreFasce,0),0,30-MATCH(C10,OreFasce,0),1)</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="G5:I5" location="'Dati Generali'!A1" display="TORNA AI DATI GENERALI" xr:uid="{C1C07711-F293-468D-AA27-3EE69BD817A5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6FBA59D8-6AAD-40F8-9BA7-AF34EC12B201}">
   <dimension ref="A1:V33"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D10" sqref="D10:D30"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="59" customWidth="1"/>
     <col min="2" max="2" width="14.7109375" customWidth="1"/>
     <col min="3" max="4" width="12.7109375" customWidth="1"/>
     <col min="5" max="6" width="16.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" customWidth="1"/>
     <col min="9" max="9" width="3.7109375" customWidth="1"/>
     <col min="10" max="10" width="3.7109375" style="59" customWidth="1"/>
     <col min="11" max="11" width="12.85546875" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="11.85546875" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="14.7109375" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="11" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="12.5703125" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="10.7109375" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="11" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="13" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="18.28515625" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" hidden="1" customWidth="1"/>
     <col min="22" max="22" width="15.28515625" hidden="1" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" hidden="1"/>
@@ -7138,51 +7141,51 @@
       </c>
       <c r="P1" s="83"/>
       <c r="Q1" s="83"/>
       <c r="R1" s="83" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="2" spans="1:18" ht="20.25" thickBot="1">
       <c r="B2" s="177" t="s">
         <v>128</v>
       </c>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
     </row>
     <row r="3" spans="1:18" s="16" customFormat="1" ht="68.099999999999994" customHeight="1" thickBot="1">
       <c r="A3" s="75"/>
-      <c r="B3" s="173" t="s">
+      <c r="B3" s="149" t="s">
         <v>157</v>
       </c>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="176"/>
       <c r="J3" s="90"/>
       <c r="K3" s="17"/>
       <c r="L3" s="17"/>
       <c r="M3" s="17"/>
       <c r="O3" s="35">
         <f>SUM(O10:O30)</f>
         <v>0</v>
       </c>
       <c r="P3" s="29"/>
       <c r="Q3" s="29"/>
       <c r="R3" s="29">
         <f>SUM(P10:P30)</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:18" s="16" customFormat="1" ht="6" customHeight="1" thickBot="1">
@@ -8357,51 +8360,51 @@
           <x14:formula1>
             <xm:f>Parametri!$W$2:$W$3</xm:f>
           </x14:formula1>
           <xm:sqref>K10:K30</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Data non corretta" error="Data inserita non coerente con il periodo di concessione richiesto" xr:uid="{7CDDF751-4A9B-4071-B844-882362094368}">
           <x14:formula1>
             <xm:f>'Dati Generali'!$C$13</xm:f>
           </x14:formula1>
           <x14:formula2>
             <xm:f>'Dati Generali'!$D$13+60</xm:f>
           </x14:formula2>
           <xm:sqref>B10:B30</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA2AFF0C-0E34-4BE4-BCC0-C6C473EE1954}">
   <dimension ref="A1:AI225"/>
   <sheetViews>
     <sheetView topLeftCell="H1" workbookViewId="0">
-      <selection activeCell="M19" sqref="M19"/>
+      <selection activeCell="O35" sqref="O35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.85546875" style="89" customWidth="1"/>
     <col min="2" max="2" width="16.85546875" style="89" customWidth="1"/>
     <col min="3" max="3" width="19.5703125" style="89" customWidth="1"/>
     <col min="4" max="4" width="9.140625" style="89"/>
     <col min="5" max="5" width="15.85546875" style="89" customWidth="1"/>
     <col min="6" max="6" width="8.5703125" style="89" customWidth="1"/>
     <col min="7" max="7" width="11.28515625" customWidth="1"/>
     <col min="8" max="8" width="13.42578125" customWidth="1"/>
     <col min="9" max="9" width="14.7109375" customWidth="1"/>
     <col min="11" max="11" width="25.28515625" customWidth="1"/>
     <col min="12" max="12" width="14.42578125" customWidth="1"/>
     <col min="13" max="13" width="18.42578125" customWidth="1"/>
     <col min="15" max="15" width="35.42578125" customWidth="1"/>
     <col min="16" max="16" width="9.42578125" customWidth="1"/>
     <col min="19" max="19" width="21.7109375" customWidth="1"/>
     <col min="20" max="20" width="24.42578125" customWidth="1"/>
     <col min="21" max="21" width="15.85546875" customWidth="1"/>
     <col min="22" max="22" width="12.5703125" customWidth="1"/>
     <col min="23" max="25" width="17.140625" customWidth="1"/>
     <col min="27" max="28" width="12.5703125" customWidth="1"/>
     <col min="29" max="29" width="14" customWidth="1"/>
@@ -10381,50 +10384,53 @@
         <v>141</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>0</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>0</v>
       </c>
       <c r="F35" s="127">
         <v>7.15</v>
       </c>
       <c r="G35" s="127">
         <v>14.76</v>
       </c>
       <c r="H35" s="127">
         <v>7.15</v>
       </c>
       <c r="I35" s="127">
         <v>14.76</v>
+      </c>
+      <c r="O35" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>0</v>
       </c>
       <c r="F36" s="127">
         <v>7.15</v>
       </c>
       <c r="G36" s="127">
         <v>13.59</v>
       </c>
       <c r="H36" s="127">